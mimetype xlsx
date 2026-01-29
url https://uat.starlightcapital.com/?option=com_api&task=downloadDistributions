--- v0 (2025-11-09)
+++ v1 (2026-01-29)
@@ -34,1704 +34,1704 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="5" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="1" r:id="rId4"/>
     <sheet name="2019" sheetId="2" r:id="rId5"/>
     <sheet name="2020" sheetId="3" r:id="rId6"/>
     <sheet name="2021" sheetId="4" r:id="rId7"/>
     <sheet name="2022" sheetId="5" r:id="rId8"/>
     <sheet name="2023" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
   <si>
     <t>Distributions for 2018</t>
   </si>
   <si>
-    <t>Fund Name</t>
-[...23 lines deleted...]
-    <t>Series A</t>
+    <t>Nom du fonds</t>
+  </si>
+  <si>
+    <t>Revenu étranger (non commercial)</t>
+  </si>
+  <si>
+    <t>Impôt sur le revenu étranger (non commercial) payé</t>
+  </si>
+  <si>
+    <t>Dividendes canadiens</t>
+  </si>
+  <si>
+    <t>Gains en capital</t>
+  </si>
+  <si>
+    <t>Remboursement de capital</t>
+  </si>
+  <si>
+    <t>Distribution totale</t>
+  </si>
+  <si>
+    <t>Catégorie de croissance de dividendes Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>Série A</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>$0.241</t>
-[...176 lines deleted...]
-    <t>Global Real Assets Trust - Final Tax Allocation (%) Per Unit</t>
+    <t>0,241&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série T8</t>
+  </si>
+  <si>
+    <t>0,081&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,526&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,606&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série F</t>
+  </si>
+  <si>
+    <t>0,253&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série B</t>
+  </si>
+  <si>
+    <t>0,210&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série C</t>
+  </si>
+  <si>
+    <t>Série L</t>
+  </si>
+  <si>
+    <t>Série T8B</t>
+  </si>
+  <si>
+    <t>0,497&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,574&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds équilibré mondial Starlight - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>Série AA</t>
+  </si>
+  <si>
+    <t>0,024&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,601&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série FF</t>
+  </si>
+  <si>
+    <t>0,579&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds de croissance mondiale Starlight - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,741&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds d'infrastructures mondiales Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>Série FNB</t>
+  </si>
+  <si>
+    <t>0,010&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,069&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,046&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,125&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série T6</t>
+  </si>
+  <si>
+    <t>0,012&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,083&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,055&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,150&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série FT6</t>
+  </si>
+  <si>
+    <t>Série O</t>
+  </si>
+  <si>
+    <t>Série O6</t>
+  </si>
+  <si>
+    <t>Série I</t>
+  </si>
+  <si>
+    <t>Série FC</t>
+  </si>
+  <si>
+    <t>Série FCT6</t>
+  </si>
+  <si>
+    <t>Fonds d'immobilier mondial Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,002&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,123&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds d'actions nord-américaines Starlight - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,376&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Global Real Assets Trust - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>Catégorie de croissance de dividendes Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>100,00&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>13,31&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>86,69&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Fonds équilibré mondial Starlight - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>Fonds de croissance mondiale Starlight - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>Fonds d'infrastructures mondiales Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>8,00&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>55,32&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>36,69&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Fonds d'immobilier mondial Starlight&lt;sup&gt;1&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>1,78&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>98,22&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Fonds d'actions nord-américaines Starlight - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>Global Real Assets Trust - Répartition finale de l’impôt (%) par part</t>
   </si>
   <si>
     <t>Distributions for 2019</t>
   </si>
   <si>
-    <t>Series PTF</t>
-[...188 lines deleted...]
-    <t>76.42%</t>
+    <t>Série FNP</t>
+  </si>
+  <si>
+    <t>0,043&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,112&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,433&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,545&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,407&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,513&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,345&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,195&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,540&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,187&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,519&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,374&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,096&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,404&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,500&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,110&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,464&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,466&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,576&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,111&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,577&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,008&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,440&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,009&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,493&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,561&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,495&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,563&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,496&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,564&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds d’options d’achat couvertes des services financiers canadiens Starlight&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,029&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,030&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,051&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Fonds de rendement amélioré Starlight&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,011&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,133&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,144&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,036&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,115&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,151&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série T5</t>
+  </si>
+  <si>
+    <t>0,167&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>20,57&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>79,43&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>79,42&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>63,90&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>36,10&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>36,09&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>19,17&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>80,83&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>1,58&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>87,95&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Fonds d’options d’achat couvertes des services financiers canadiens Starlight&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>5,24&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>94,76&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>14,84&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>85,16&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Fonds de rendement amélioré Starlight&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>7,31&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>92,69&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>23,58&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>76,42&amp;nbsp;%</t>
   </si>
   <si>
     <t>Distributions for 2020</t>
   </si>
   <si>
-    <t>$0.170</t>
-[...167 lines deleted...]
-    <t>84.73%</t>
+    <t>0,170&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,142&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,459&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,429&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,562&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,379&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,102&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,610&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,036&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,778&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,015&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,041&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,514&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,570&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,018&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,049&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,614&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,681&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,019&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,623&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,691&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,050&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,631&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,700&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,034&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,506&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,040&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,594&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,634&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,603&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,644&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,611&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,652&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,405&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Mandat privé d'infrastructures mondiales Starlight - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,250&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Mandat privé d'immobilier mondial Starlight - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,520&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,107&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,020&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,127&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,152&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,027&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,179&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,498&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>23,56&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>76,44&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,69&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>7,16&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>90,15&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>6,34&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>93,66&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Mandat privé d'infrastructures mondiales Starlight - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>Mandat privé d'immobilier mondial Starlight - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>84,29&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,71&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>84,73&amp;nbsp;%</t>
   </si>
   <si>
     <t>Distributions for 2021</t>
   </si>
   <si>
-    <t>$0.328</t>
-[...122 lines deleted...]
-    <t>71.62%</t>
+    <t>0,328&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,271&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,599&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,113&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,251&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,556&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,052&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,548&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,476&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,525&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,952&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,350&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,200&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,580&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série D</t>
+  </si>
+  <si>
+    <t>0,000&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,080&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>-0,010&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,390&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,120&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,400&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,560&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,060&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,090&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,449&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,792&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,093&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,048&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,149&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,424&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>54,74&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>45,26&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>9,42&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>90,85&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>90,58&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>3,58&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>61,44&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>34,98&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-1,16&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,94&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,84&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>71,62&amp;nbsp;%</t>
   </si>
   <si>
     <t>Distributions for 2022</t>
   </si>
   <si>
-    <t>$0.067</t>
-[...218 lines deleted...]
-    <t>78.40%</t>
+    <t>0,067&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,103&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,095&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,146&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,276&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,100&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,153&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,128&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,391&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,645&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,275&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,541&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,262&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,516&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,019&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,450&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,130&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,650&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,680&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,470&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,590&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,140&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,550&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,600&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,380&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,160&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,370&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,670&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,460&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,180&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,480&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,720&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,530&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,567&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série A (USD)</t>
+  </si>
+  <si>
+    <t>Série F (USD)</t>
+  </si>
+  <si>
+    <t>0,668&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,678&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,694&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>1,638&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,075&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,327&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,402&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,181&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,543&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,312&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,289&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,602&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,326&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,416&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,501&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>39,47&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>60,56&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>39,44&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>39,45&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>39,42&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>1,79&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>44,82&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>50,82&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>1,12&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>19,78&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>79,10&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-0,80&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,54&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>29,29&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>65,61&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>18,74&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>81,26&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>34,38&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>65,62&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>51,93&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>48,07&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>21,60&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>78,40&amp;nbsp;%</t>
   </si>
   <si>
     <t>Distributions for 2023</t>
   </si>
   <si>
-    <t>$0.213</t>
-[...716 lines deleted...]
-    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+    <t>0,213&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,295&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,001&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,509&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,247&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,342&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,589&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,117&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,162&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,291&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,571&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,323&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,443&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,766&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,016&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,223&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série FT8</t>
+  </si>
+  <si>
+    <t>0,064&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,088&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,182&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,334&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,423&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,222&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,308&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,532&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,309&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,003&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,534&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,297&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,411&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,711&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,108&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,265&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,524&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série T8C&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>0,071&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,098&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,220&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,014&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,061&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,324&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,070&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,028&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,068&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,154&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,237&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,059&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,307&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série BB&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>Série L&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>0,044&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,006&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,013&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,058&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,084&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,155&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,669&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,482&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,572&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,085&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,485&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,082&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,486&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,568&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,086&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,595&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,094&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,593&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,533&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,596&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série D&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>Série FC&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>0,045&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,286&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série FCT6&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>0,255&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,298&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>-0,018&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,467&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,582&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,114&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>-0,017&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,452&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,481&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,119&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,468&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,583&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,116&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,394&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,505&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,126&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>-0,019&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,483&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,605&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,122&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,528&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,608&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,266&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>-0,009&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,007&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,234&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,292&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,197&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,252&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,420&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,660&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,690&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,710&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,730&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,510&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,760&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,630&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,620&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Unison Acquisition Trust - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,109&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,073&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,137&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,091&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,227&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,172&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,038&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série FT5</t>
+  </si>
+  <si>
+    <t>0,352&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt ($) par part</t>
+  </si>
+  <si>
+    <t>0,232&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>0,212&amp;nbsp;$</t>
+  </si>
+  <si>
+    <t>Série T8A</t>
+  </si>
+  <si>
+    <t>41,85&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>58,01&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,14&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>41,86&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>58,02&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,12&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,54&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>28,46&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>51,00&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>42,21&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>57,79&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>4,50&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>6,23&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>89,27&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>19,09&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>26,46&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>54,45&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>43,06&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>56,94&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>41,76&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>57,88&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,36&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>41,69&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>57,78&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,53&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>41,74&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>57,85&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>0,42&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,66&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>28,63&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>50,71&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>23,23&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>32,19&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>44,85&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>49,98&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>50,02&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>3,56&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,37&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>81,07&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>58,25&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>41,75&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>11,16&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>27,36&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>61,48&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>8,34&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,44&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>71,21&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>23,17&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>56,63&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,20&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,54&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>80,88&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>88,45&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>11,55&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>8,65&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>37,52&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>53,83&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>14,91&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>85,09&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>14,43&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>85,57&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,78&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>84,22&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>14,48&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>85,52&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,94&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>84,06&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>14,45&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>85,55&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>15,99&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>84,01&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>32,24&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>67,76&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,64&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,08&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,28&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>80,16&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,26&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,02&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,24&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>80,53&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>23,11&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,45&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,55&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>77,78&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,48&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,06&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,26&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>80,31&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>22,91&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,42&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,53&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>77,98&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,91&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,12&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,31&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>79,90&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>23,03&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,44&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,54&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>77,86&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>20,98&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-3,13&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>2,32&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>79,83&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>43,51&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>-6,49&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>4,80&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>58,18&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Unison Acquisition Trust - Répartition finale de l’impôt (%) par part</t>
+  </si>
+  <si>
+    <t>60,14&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>39,86&amp;nbsp;%</t>
+  </si>
+  <si>
+    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -15383,92 +15383,92 @@
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>423</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:7" customHeight="1" ht="25">
       <c r="A68" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="25">
       <c r="A69" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70" spans="1:7" customHeight="1" ht="25">
       <c r="A70" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
     </row>
     <row r="71" spans="1:7" customHeight="1" ht="25">
       <c r="A71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>425</v>
       </c>
     </row>
@@ -17205,74 +17205,74 @@
         <v>10</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="154" spans="1:7" customHeight="1" ht="25">
       <c r="A154" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
     </row>
     <row r="155" spans="1:7" customHeight="1" ht="25">
       <c r="A155" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="156" spans="1:7" customHeight="1" ht="25">
       <c r="A156" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="157" spans="1:7" customHeight="1" ht="25">
       <c r="A157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B157" s="1" t="s">